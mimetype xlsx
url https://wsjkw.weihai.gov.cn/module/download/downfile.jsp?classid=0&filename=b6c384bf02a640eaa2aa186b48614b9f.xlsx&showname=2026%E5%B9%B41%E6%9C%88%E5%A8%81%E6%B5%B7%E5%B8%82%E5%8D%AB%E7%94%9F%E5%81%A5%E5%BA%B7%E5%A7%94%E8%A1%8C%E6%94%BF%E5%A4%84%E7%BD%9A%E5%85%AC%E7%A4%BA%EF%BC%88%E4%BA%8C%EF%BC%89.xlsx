--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
-    <workbookView windowWidth="27645" windowHeight="12165"/>
+    <workbookView windowWidth="23220" windowHeight="12195"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="20">
   <si>
     <t>威海市卫生健康委行政处罚公示（2026年1月）</t>
   </si>
   <si>
     <t>序号</t>
   </si>
   <si>
     <t>行政相对人名称</t>
   </si>
   <si>
     <t>行政处罚决定书文号</t>
   </si>
   <si>
     <t>违法事实</t>
   </si>
   <si>
     <t>处罚依据</t>
   </si>
   <si>
     <t>处罚内容</t>
   </si>
   <si>
     <t>处罚决定日期</t>
   </si>
   <si>
@@ -84,65 +84,50 @@
     <t>赵*莹从2025年9月开始在山东省威海市火炬高技术产业开发区怡园街道宫松岭路-500号-4威海火炬高技术产业开发区肌秘护肤美容店，存在未取得医师执业证书使用激光脱毛仪擅自开展医疗美容服务，违法所得36元的行为。</t>
   </si>
   <si>
     <t>依据《中华人民共和国医师法》第五十九条的规定，遵照《山东省卫生健康行政处罚裁量基准（2022版）》第二十二条【一般】裁量标准。</t>
   </si>
   <si>
     <t>没收违法所得36元和《证据先行登记保存决定书》（文号：威卫医证保决〔2025〕00008号）中登记保存的器械，并处20000元罚款</t>
   </si>
   <si>
     <t>威海市卫生健康委员会</t>
   </si>
   <si>
     <t>初*霞</t>
   </si>
   <si>
     <t>威卫医罚〔2026〕00002号</t>
   </si>
   <si>
     <t>初*霞于2025年10月31日，在山东省威海市火炬高技术产业开发区怡园街道王府家园-1号-9的威海桂仁医疗器械有限公司高区卫生所，存在未按照注册的执业类别、执业范围开展中医诊疗活动,违法所得50元的行为。</t>
   </si>
   <si>
     <t>依据《中华人民共和国医师法》第五十七条的规定，遵照《山东省卫生健康行政处罚裁量基准（2022版 ）》第二十条【一般】裁量标准。</t>
   </si>
   <si>
     <t>警告，没收违法所得50元，并处15000元罚款</t>
-  </si>
-[...13 lines deleted...]
-    <t>处以10000元罚款</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="6">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
     <numFmt numFmtId="177" formatCode="yyyy\/mm\/dd"/>
   </numFmts>
   <fonts count="22">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="22"/>
       <color theme="1"/>
@@ -1113,59 +1098,59 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection/>
-      <selection pane="topRight" activeCell="A3" sqref="A3:A5"/>
+      <selection pane="topRight" activeCell="A5" sqref="$A5:$XFD5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="26.8916666666667" defaultRowHeight="14.25" outlineLevelRow="4" outlineLevelCol="7"/>
+  <sheetFormatPr defaultColWidth="26.8916666666667" defaultRowHeight="14.25" outlineLevelRow="3" outlineLevelCol="7"/>
   <cols>
     <col min="1" max="1" width="5.225" style="2" customWidth="1"/>
     <col min="2" max="2" width="38.5583333333333" style="3" customWidth="1"/>
     <col min="3" max="3" width="26.775" style="2" customWidth="1"/>
     <col min="4" max="5" width="39.6666666666667" style="4" customWidth="1"/>
     <col min="6" max="6" width="51.6666666666667" style="5" customWidth="1"/>
     <col min="7" max="7" width="16.3333333333333" style="2" customWidth="1"/>
     <col min="8" max="8" width="21.775" style="2" customWidth="1"/>
     <col min="9" max="9" width="26.8916666666667" style="5" customWidth="1"/>
     <col min="10" max="16384" width="26.8916666666667" style="5"/>
   </cols>
   <sheetData>
     <row r="1" ht="45" customHeight="1" spans="1:8">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
     </row>
     <row r="2" ht="25.95" customHeight="1" spans="1:8">
@@ -1224,95 +1209,69 @@
       <c r="A4" s="9">
         <v>2</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="12">
         <v>46038</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" s="1" customFormat="1" ht="85.5" spans="1:8">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation type="textLength" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="行政处罚决定书文号" error="必填项，请填写行政处罚决定书文号内容" promptTitle="行政处罚决定书文号" prompt="必填项，填写行政处罚决定文书编号，例如“中国证监会行政处罚决定书（XXXX管理（上海）有限公司）〔2017〕XXX号”中的“〔2017〕XXX号”" sqref="C2 C4:C5">
+    <dataValidation type="textLength" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="行政处罚决定书文号" error="必填项，请填写行政处罚决定书文号内容" promptTitle="行政处罚决定书文号" prompt="必填项，填写行政处罚决定文书编号，例如“中国证监会行政处罚决定书（XXXX管理（上海）有限公司）〔2017〕XXX号”中的“〔2017〕XXX号”" sqref="C2 C4">
+      <formula1>1</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="行政相对人名称" error="必填项,请填写准确信息" promptTitle="行政相对人名称" prompt="填写公民、法人及非法人组织名称，涉及没有名称的个体工商户时填写“个体工商户”" sqref="B4">
       <formula1>1</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="违法事实" error="必填项，请填写准确违法事实" promptTitle="违法事实" prompt="必填项，行政相对人的主要违法事实。例如“XXX有限责任公司，经销假冒“红豆”牌服装，侵犯了红豆集团有限公司的注册商标专用权，其行为涉嫌违反了《中华人民共和国商标法》第五十二条第二项规定，根据《中华人民共和国商标法实施条例》第五十二条的规定，应予处罚，建议立案调查”" sqref="D4">
       <formula1>1</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="行政相对人名称" error="必填项,请填写准确信息" promptTitle="行政相对人名称" prompt="填写公民、法人及非法人组织名称，涉及没有名称的个体工商户时填写“个体工商户”" sqref="B4:B5">
-[...2 lines deleted...]
-    <dataValidation type="date" operator="between" showInputMessage="1" showErrorMessage="1" errorTitle="处罚决定日期" error="请输入准确处罚确定日期" promptTitle="处罚决定日期" prompt="必填项，填写做出行政处罚决定的具体日期，格式为YYYY/MM/DD" sqref="G3:G5">
+    <dataValidation type="date" operator="between" showInputMessage="1" showErrorMessage="1" errorTitle="处罚决定日期" error="请输入准确处罚确定日期" promptTitle="处罚决定日期" prompt="必填项，填写做出行政处罚决定的具体日期，格式为YYYY/MM/DD" sqref="G3:G4">
       <formula1>13516</formula1>
       <formula2>73050</formula2>
     </dataValidation>
-    <dataValidation type="textLength" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="处罚机关" error="必填项，填写做出行政处罚决定的各级行政处罚决定机关全称" promptTitle="处罚机关" prompt="必填项，填写做出行政处罚决定的各级行政处罚决定机关全称，例如“XX市XX区市场监督管理局”" sqref="H3:H5">
+    <dataValidation type="textLength" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="处罚机关" error="必填项，填写做出行政处罚决定的各级行政处罚决定机关全称" promptTitle="处罚机关" prompt="必填项，填写做出行政处罚决定的各级行政处罚决定机关全称，例如“XX市XX区市场监督管理局”" sqref="H3:H4">
       <formula1>1</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>